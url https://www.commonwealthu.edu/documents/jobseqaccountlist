--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -1,121 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Documents\My Data Sources\My Documents\OFFICE OF PLANNING &amp; ASSESSMENT\Chmura (formerly Lightcast.EMSI)\Documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sgx1\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39CB5415-12D8-4D27-9265-CF02F4472A3E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEB40803-A14B-4FED-B778-B2E936A4EB34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9060" xr2:uid="{145CB539-DE75-417C-BCE6-DC2E93FE129B}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{145CB539-DE75-417C-BCE6-DC2E93FE129B}"/>
   </bookViews>
   <sheets>
-    <sheet name="Chmura (JobsEQ Pro) Users" sheetId="1" r:id="rId1"/>
+    <sheet name="JobsEQ (by Chmura) Users" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
     <t>David DeVallance</t>
   </si>
   <si>
     <t>Wren Fritsky</t>
   </si>
   <si>
     <t>Shane Jones</t>
   </si>
   <si>
-    <t>Ann Larson</t>
-[...1 lines deleted...]
-  <si>
     <t>Nichole Lefelhoc</t>
   </si>
   <si>
     <t>Lynda Michaels</t>
   </si>
   <si>
     <t>Cori Myers</t>
   </si>
   <si>
-    <t>Latha Ramakrishnan</t>
-[...4 lines deleted...]
-  <si>
     <t>Jessica Thomas</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Angela Boswell</t>
   </si>
   <si>
     <t>Heather Feldhaus</t>
   </si>
   <si>
     <t>Ken Hall</t>
   </si>
   <si>
-    <t>Kim Olszewski</t>
-[...1 lines deleted...]
-  <si>
     <t>John Cosgrove</t>
   </si>
   <si>
     <t>Mike Abplanalp</t>
   </si>
   <si>
     <t>Andrea Swain</t>
   </si>
   <si>
     <t>Tammy Gallagher</t>
   </si>
   <si>
     <t>Gretchen Sechrist</t>
   </si>
   <si>
     <t>jabplana@commonwealthu.edu</t>
   </si>
   <si>
     <t>aboswell@commonwealthu.edu</t>
   </si>
   <si>
     <t xml:space="preserve">jcosgrov@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">ddevallanc@commonwealthu.edu </t>
@@ -123,229 +111,266 @@
   <si>
     <t xml:space="preserve">hfeldhau@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">wfritsky@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">tlg21@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">khall2@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">sjones@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">alarson@commonwealthu.edu   </t>
   </si>
   <si>
     <t xml:space="preserve">lmichael@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">cmyers@commonwealthu.edu </t>
   </si>
   <si>
-    <t xml:space="preserve">kolszews@commonwealthu.edu </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">gsechris@commonwealthu.edu </t>
   </si>
   <si>
-    <t xml:space="preserve">tshawver@commonwealthu.edu </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">aswain@commonwealthu.edu </t>
   </si>
   <si>
     <t xml:space="preserve">jthomas2@commonwealthu.edu </t>
   </si>
   <si>
     <t>Todd Hoover</t>
   </si>
   <si>
     <t>thoove2@commonwealthu.edu</t>
+  </si>
+  <si>
+    <t>Peter Campbell</t>
+  </si>
+  <si>
+    <t>pcampbel@commonwealthu.edu</t>
+  </si>
+  <si>
+    <t>Amy Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">away1@commonwealthu.edu </t>
+  </si>
+  <si>
+    <t>Priya Poehner</t>
+  </si>
+  <si>
+    <t>ppoehner@commonwealthu.edu</t>
+  </si>
+  <si>
+    <t>vkahen@commonwealthu.edu</t>
+  </si>
+  <si>
+    <t>Vanessa Kahen</t>
+  </si>
+  <si>
+    <t>Christopher Podeschi</t>
+  </si>
+  <si>
+    <t>cpodesch@commonwealthu.edu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -407,51 +432,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -549,309 +574,315 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khall2@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmyers@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aswain@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcosgrov@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tlg21@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmichael@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tshawver@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aboswell@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsechris@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thoove2@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jabplana@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wfritsky@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alarson@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hfeldhau@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lramakrish@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alarson@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas2@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddevallanc@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sjones@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kolszews@commonwealthu.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khall2@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsechris@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcosgrov@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tlg21@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmyers@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:away1@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aboswell@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thoove2@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jabplana@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wfritsky@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmichael@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hfeldhau@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas2@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alarson@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddevallanc@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sjones@commonwealthu.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aswain@commonwealthu.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{487D27BB-6149-47D3-AC22-2B298EED98C1}">
-  <dimension ref="A1:C23"/>
+  <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A18" sqref="A18"/>
+      <selection activeCell="E13" sqref="E13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="18" customWidth="1"/>
-    <col min="2" max="2" width="29.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="21.453125" customWidth="1"/>
+    <col min="2" max="2" width="32.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:3" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A2" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="2"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A3" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" s="2"/>
+    </row>
+    <row r="4" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="2"/>
+    </row>
+    <row r="5" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" s="2"/>
+    </row>
+    <row r="6" spans="1:3" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="2"/>
+    </row>
+    <row r="7" spans="1:3" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="B7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="2"/>
+    </row>
+    <row r="8" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="2"/>
+    </row>
+    <row r="9" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="2"/>
+    </row>
+    <row r="10" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="B10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="2"/>
+    </row>
+    <row r="11" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="2"/>
+    </row>
+    <row r="12" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="2"/>
+    </row>
+    <row r="13" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" s="2"/>
+    </row>
+    <row r="14" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="2"/>
+    </row>
+    <row r="15" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" s="2"/>
+    </row>
+    <row r="16" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="2"/>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A17" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="2"/>
+    </row>
+    <row r="18" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="2"/>
+    </row>
+    <row r="19" spans="1:3" ht="28.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="7" t="s">
-[...41 lines deleted...]
-      <c r="A9" s="2" t="s">
+      <c r="B19" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C19" s="2"/>
+    </row>
+    <row r="20" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="B9" s="7" t="s">
-[...26 lines deleted...]
-      <c r="B12" s="6" t="s">
+      <c r="B20" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="4"/>
-[...14 lines deleted...]
-      <c r="B14" s="7" t="s">
+      <c r="C20" s="2"/>
+    </row>
+    <row r="21" spans="1:3" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="C14" s="4"/>
-[...41 lines deleted...]
-      <c r="B19" s="7" t="s">
+      <c r="C21" s="2"/>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A22" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C19" s="4"/>
-[...5 lines deleted...]
-      <c r="B20" s="7" t="s">
+      <c r="B22" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C20" s="4"/>
-[...16 lines deleted...]
-      <c r="B23" s="9"/>
+      <c r="C22" s="2"/>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="B23" s="4"/>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A24" s="5">
+        <v>46059</v>
+      </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId1" xr:uid="{CB4EE6B3-60F6-4C27-B228-763702A34C2B}"/>
     <hyperlink ref="B3" r:id="rId2" xr:uid="{0F8408FC-15F7-4A5F-9612-10CB6A43F97B}"/>
     <hyperlink ref="B4" r:id="rId3" xr:uid="{5B975265-06C2-473E-BC44-4D837DFABBB9}"/>
-    <hyperlink ref="B5" r:id="rId4" xr:uid="{765DBF21-3BE7-473E-AE5A-415F4500C59C}"/>
-[...15 lines deleted...]
-    <hyperlink ref="B10" r:id="rId20" xr:uid="{19CF0A51-958D-4AF5-80E0-C3FF7ACB0235}"/>
+    <hyperlink ref="B6" r:id="rId4" xr:uid="{765DBF21-3BE7-473E-AE5A-415F4500C59C}"/>
+    <hyperlink ref="B7" r:id="rId5" xr:uid="{184F53E6-7CCA-40EF-BD62-9D32CC3F2EC8}"/>
+    <hyperlink ref="B8" r:id="rId6" xr:uid="{6DC55BCE-240D-492A-A85B-E3295B3CD8F8}"/>
+    <hyperlink ref="B9" r:id="rId7" xr:uid="{1E6EC3AB-2ADF-4EDE-8D34-421A0F2E8774}"/>
+    <hyperlink ref="B10" r:id="rId8" xr:uid="{2ABA5954-EF37-4E6D-8EA8-8558A978D614}"/>
+    <hyperlink ref="B12" r:id="rId9" xr:uid="{0E44ECAD-314D-49B6-81E6-9978AC22841B}"/>
+    <hyperlink ref="B14" r:id="rId10" xr:uid="{17E0F6F4-8A3C-4F14-8AC1-1B22DF343CE8}"/>
+    <hyperlink ref="B15" r:id="rId11" xr:uid="{8D3FB86A-70B2-46BA-8610-B5C8142F0B1B}"/>
+    <hyperlink ref="B16" r:id="rId12" xr:uid="{455E5539-22F1-43C3-8057-9825F52FA62A}"/>
+    <hyperlink ref="B19" r:id="rId13" xr:uid="{A290A6A0-94FB-43EF-AA55-EF84EC545721}"/>
+    <hyperlink ref="B20" r:id="rId14" xr:uid="{ACCF6C58-EACE-45C4-AEF2-4341CFF913DF}"/>
+    <hyperlink ref="B21" r:id="rId15" xr:uid="{2ACC1C29-448E-49B4-957B-497A3EBFEA4F}"/>
+    <hyperlink ref="B11" r:id="rId16" xr:uid="{19CF0A51-958D-4AF5-80E0-C3FF7ACB0235}"/>
+    <hyperlink ref="B22" r:id="rId17" xr:uid="{4EB4E34D-EB0F-467A-BB05-C9C09F29F33F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId21"/>
+  <pageSetup orientation="portrait" r:id="rId18"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Chmura (JobsEQ Pro) Users</vt:lpstr>
+      <vt:lpstr>JobsEQ (by Chmura) Users</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Thomas, Jessica</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>